--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -154,147 +154,147 @@
     <col min="34" max="34" width="2.734375" customWidth="true"/>
     <col min="35" max="35" width="2.734375" customWidth="true"/>
     <col min="36" max="36" width="2.734375" customWidth="true"/>
     <col min="37" max="37" width="2.734375" customWidth="true"/>
     <col min="38" max="38" width="2.734375" customWidth="true"/>
     <col min="39" max="39" width="2.734375" customWidth="true"/>
     <col min="40" max="40" width="2.734375" customWidth="true"/>
     <col min="41" max="41" width="2.734375" customWidth="true"/>
     <col min="42" max="42" width="2.734375" customWidth="true"/>
     <col min="43" max="43" width="2.734375" customWidth="true"/>
     <col min="44" max="44" width="2.734375" customWidth="true"/>
     <col min="45" max="45" width="2.734375" customWidth="true"/>
     <col min="46" max="46" width="2.734375" customWidth="true"/>
     <col min="47" max="47" width="2.734375" customWidth="true"/>
     <col min="48" max="48" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="18.0" customHeight="true">
       <c r="A1" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C1" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F1"/>
       <c r="G1" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="H1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I1" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L1"/>
       <c r="M1" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="N1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O1" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R1"/>
       <c r="S1" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="T1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U1" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="V1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X1"/>
       <c r="Y1" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA1" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD1"/>
       <c r="AE1" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG1" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ1"/>
       <c r="AK1" t="n" s="1">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM1" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="AN1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP1"/>
       <c r="AQ1"/>
       <c r="AR1"/>
       <c r="AS1"/>
       <c r="AT1"/>
       <c r="AU1"/>
       <c r="AV1"/>
     </row>
     <row r="2" ht="18.0" customHeight="true">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
@@ -324,147 +324,147 @@
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2"/>
       <c r="AU2"/>
       <c r="AV2"/>
     </row>
     <row r="3" ht="18.0" customHeight="true">
       <c r="A3" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="B3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C3" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F3"/>
       <c r="G3" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="H3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I3" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="N3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O3" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="T3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U3" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="V3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X3"/>
       <c r="Y3" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA3" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD3"/>
       <c r="AE3" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG3" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ3"/>
       <c r="AK3" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM3" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3"/>
       <c r="AU3"/>
       <c r="AV3"/>
     </row>
     <row r="4" ht="18.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
@@ -488,153 +488,153 @@
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
     </row>
     <row r="5" ht="18.0" customHeight="true">
       <c r="A5" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="B5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C5" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F5"/>
       <c r="G5" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="H5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I5" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="J5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="N5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O5" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R5"/>
       <c r="S5" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="T5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U5" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X5"/>
       <c r="Y5" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA5" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD5"/>
       <c r="AE5" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG5" t="n" s="1">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ5"/>
       <c r="AK5" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM5" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
     </row>
     <row r="6" ht="18.0" customHeight="true">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
@@ -658,153 +658,153 @@
       <c r="AA6"/>
       <c r="AB6"/>
       <c r="AC6"/>
       <c r="AD6"/>
       <c r="AE6"/>
       <c r="AF6"/>
       <c r="AG6"/>
       <c r="AH6"/>
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
     </row>
     <row r="7" ht="18.0" customHeight="true">
       <c r="A7" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="B7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C7" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F7"/>
       <c r="G7" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="H7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I7" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="J7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="N7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="P7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="T7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U7" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="V7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X7"/>
       <c r="Y7" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA7" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD7"/>
       <c r="AE7" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG7" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ7"/>
       <c r="AK7" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM7" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
     </row>
     <row r="8" ht="18.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
@@ -828,153 +828,153 @@
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
       <c r="AG8"/>
       <c r="AH8"/>
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
     </row>
     <row r="9" ht="18.0" customHeight="true">
       <c r="A9" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="B9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C9" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F9"/>
       <c r="G9" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="H9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I9" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="J9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="N9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O9" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="P9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R9"/>
       <c r="S9" t="n" s="1">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="T9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U9" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="V9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X9"/>
       <c r="Y9" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA9" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD9"/>
       <c r="AE9" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG9" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ9"/>
       <c r="AK9" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM9" t="n" s="1">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="AN9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
     </row>
     <row r="10" ht="18.0" customHeight="true">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
@@ -998,153 +998,153 @@
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10"/>
       <c r="AD10"/>
       <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
       <c r="AH10"/>
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
     </row>
     <row r="11" ht="18.0" customHeight="true">
       <c r="A11" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="B11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C11" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F11"/>
       <c r="G11" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="H11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I11" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="J11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="N11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O11" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="T11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U11" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X11"/>
       <c r="Y11" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="Z11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA11" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD11"/>
       <c r="AE11" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="AF11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG11" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ11"/>
       <c r="AK11" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM11" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AN11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
     </row>
     <row r="12" ht="18.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
@@ -1174,147 +1174,147 @@
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
     </row>
     <row r="13" ht="18.0" customHeight="true">
       <c r="A13" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="B13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C13" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F13"/>
       <c r="G13" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="H13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I13" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="n" s="1">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="N13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O13" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="P13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="T13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U13" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X13"/>
       <c r="Y13" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="Z13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA13" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD13"/>
       <c r="AE13" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG13" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ13"/>
       <c r="AK13" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM13" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
     </row>
     <row r="14" ht="18.0" customHeight="true">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
@@ -1338,153 +1338,153 @@
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
       <c r="AE14"/>
       <c r="AF14"/>
       <c r="AG14"/>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
     </row>
     <row r="15" ht="18.0" customHeight="true">
       <c r="A15" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="B15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C15" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F15"/>
       <c r="G15" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="H15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I15" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="N15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O15" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R15"/>
       <c r="S15" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="T15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U15" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X15"/>
       <c r="Y15" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA15" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD15"/>
       <c r="AE15" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG15" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ15"/>
       <c r="AK15" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM15" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
     </row>
     <row r="16" ht="18.0" customHeight="true">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
@@ -1508,153 +1508,153 @@
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
       <c r="AG16"/>
       <c r="AH16"/>
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
     </row>
     <row r="17" ht="18.0" customHeight="true">
       <c r="A17" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="B17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C17" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F17"/>
       <c r="G17" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="H17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I17" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O17" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R17"/>
       <c r="S17" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="T17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U17" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="V17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X17"/>
       <c r="Y17" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA17" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD17"/>
       <c r="AE17" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG17" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ17"/>
       <c r="AK17" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM17" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AN17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
     </row>
     <row r="18" ht="18.0" customHeight="true">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
@@ -1678,153 +1678,153 @@
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
       <c r="AF18"/>
       <c r="AG18"/>
       <c r="AH18"/>
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
     </row>
     <row r="19" ht="18.0" customHeight="true">
       <c r="A19" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="B19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C19" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="D19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F19"/>
       <c r="G19" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="H19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I19" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="N19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O19" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="P19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R19"/>
       <c r="S19" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="T19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U19" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="V19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X19"/>
       <c r="Y19" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA19" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD19"/>
       <c r="AE19" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG19" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ19"/>
       <c r="AK19" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="AL19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM19" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AN19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
     </row>
     <row r="20" ht="18.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
@@ -1848,153 +1848,153 @@
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
       <c r="AG20"/>
       <c r="AH20"/>
       <c r="AI20"/>
       <c r="AJ20"/>
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
     </row>
     <row r="21" ht="18.0" customHeight="true">
       <c r="A21" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="B21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C21" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F21"/>
       <c r="G21" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="H21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I21" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="J21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="N21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O21" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="T21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U21" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="V21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X21"/>
       <c r="Y21" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA21" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD21"/>
       <c r="AE21" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="AF21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG21" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ21"/>
       <c r="AK21" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM21" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AN21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
     </row>
     <row r="22" ht="18.0" customHeight="true">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
@@ -2018,153 +2018,153 @@
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22"/>
       <c r="AD22"/>
       <c r="AE22"/>
       <c r="AF22"/>
       <c r="AG22"/>
       <c r="AH22"/>
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
     </row>
     <row r="23" ht="18.0" customHeight="true">
       <c r="A23" t="n" s="1">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="B23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C23" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F23"/>
       <c r="G23" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="H23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I23" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="J23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="N23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O23" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R23"/>
       <c r="S23" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="T23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U23" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="V23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X23"/>
       <c r="Y23" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA23" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD23"/>
       <c r="AE23" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="AF23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG23" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ23"/>
       <c r="AK23" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM23" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
     </row>
     <row r="24" ht="18.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
@@ -2188,147 +2188,147 @@
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
     </row>
     <row r="25" ht="18.0" customHeight="true">
       <c r="A25" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="B25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C25" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F25"/>
       <c r="G25" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="H25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I25" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="J25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="n" s="1">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="N25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O25" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="P25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R25"/>
       <c r="S25" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="T25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U25" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X25"/>
       <c r="Y25" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA25" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD25"/>
       <c r="AE25" t="n" s="1">
+        <v>9.0</v>
+      </c>
+      <c r="AF25" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="AG25" t="n" s="1">
         <v>5.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="AH25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ25"/>
       <c r="AK25" t="n" s="1">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM25" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AN25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
     </row>
     <row r="26" ht="18.0" customHeight="true">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26"/>
@@ -2358,147 +2358,147 @@
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
       <c r="AF26"/>
       <c r="AG26"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
     </row>
     <row r="27" ht="18.0" customHeight="true">
       <c r="A27" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="B27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C27" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F27"/>
       <c r="G27" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="H27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I27" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="J27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="N27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O27" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R27"/>
       <c r="S27" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="T27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U27" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="V27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X27"/>
       <c r="Y27" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="Z27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA27" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD27"/>
       <c r="AE27" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG27" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ27"/>
       <c r="AK27" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM27" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AN27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
     </row>
     <row r="28" ht="18.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
@@ -2528,153 +2528,153 @@
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
     </row>
     <row r="29" ht="18.0" customHeight="true">
       <c r="A29" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="B29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C29" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F29"/>
       <c r="G29" t="n" s="1">
+        <v>10.0</v>
+      </c>
+      <c r="H29" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="I29" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="J29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="N29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O29" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R29"/>
       <c r="S29" t="n" s="1">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="T29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U29" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="V29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X29"/>
       <c r="Y29" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="Z29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA29" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD29"/>
       <c r="AE29" t="n" s="1">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG29" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="AH29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ29"/>
       <c r="AK29" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="AL29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM29" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
     </row>
     <row r="30" ht="18.0" customHeight="true">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
@@ -2698,153 +2698,153 @@
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
     </row>
     <row r="31" ht="18.0" customHeight="true">
       <c r="A31" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="B31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C31" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F31"/>
       <c r="G31" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="H31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I31" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="N31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O31" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R31"/>
       <c r="S31" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="T31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U31" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X31"/>
       <c r="Y31" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA31" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD31"/>
       <c r="AE31" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG31" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ31"/>
       <c r="AK31" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM31" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
     </row>
     <row r="32" ht="18.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
@@ -2868,153 +2868,153 @@
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
     </row>
     <row r="33" ht="18.0" customHeight="true">
       <c r="A33" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="B33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C33" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F33"/>
       <c r="G33" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="H33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I33" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="N33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O33" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R33"/>
       <c r="S33" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="T33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U33" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X33"/>
       <c r="Y33" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA33" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD33"/>
       <c r="AE33" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="AF33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG33" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ33"/>
       <c r="AK33" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM33" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
     </row>
     <row r="34" ht="18.0" customHeight="true">
       <c r="A34"/>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
       <c r="I34"/>
@@ -3060,131 +3060,131 @@
     </row>
     <row r="35" ht="18.0" customHeight="true">
       <c r="A35" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C35" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F35"/>
       <c r="G35" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="H35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I35" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="N35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O35" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R35"/>
       <c r="S35" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="T35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U35" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="V35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X35"/>
       <c r="Y35" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA35" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD35"/>
       <c r="AE35" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG35" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AH35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ35"/>
       <c r="AK35" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="AL35" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="AM35" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="AN35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
     </row>
     <row r="36" ht="18.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
@@ -3208,153 +3208,153 @@
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
     </row>
     <row r="37" ht="18.0" customHeight="true">
       <c r="A37" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="B37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C37" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F37"/>
       <c r="G37" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="H37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I37" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="J37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="N37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O37" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R37"/>
       <c r="S37" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="T37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U37" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="V37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X37"/>
       <c r="Y37" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA37" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD37"/>
       <c r="AE37" t="n" s="1">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG37" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ37"/>
       <c r="AK37" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM37" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
     </row>
     <row r="38" ht="18.0" customHeight="true">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38"/>
@@ -3378,153 +3378,153 @@
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
       <c r="AF38"/>
       <c r="AG38"/>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
     </row>
     <row r="39" ht="18.0" customHeight="true">
       <c r="A39" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="B39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C39" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F39"/>
       <c r="G39" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="H39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I39" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="n" s="1">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="N39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O39" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R39"/>
       <c r="S39" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="T39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U39" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X39"/>
       <c r="Y39" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA39" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD39"/>
       <c r="AE39" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG39" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ39"/>
       <c r="AK39" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM39" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
     </row>
     <row r="40" ht="18.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
@@ -3548,147 +3548,147 @@
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
       <c r="AG40"/>
       <c r="AH40"/>
       <c r="AI40"/>
       <c r="AJ40"/>
       <c r="AK40"/>
       <c r="AL40"/>
       <c r="AM40"/>
       <c r="AN40"/>
       <c r="AO40"/>
       <c r="AP40"/>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
     </row>
     <row r="41" ht="18.0" customHeight="true">
       <c r="A41" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C41" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F41"/>
       <c r="G41" t="n" s="1">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="H41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I41" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="J41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="N41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R41"/>
       <c r="S41" t="n" s="1">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="T41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X41"/>
       <c r="Y41" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="Z41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA41" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD41"/>
       <c r="AE41" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ41"/>
       <c r="AK41" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AN41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP41"/>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
     </row>
     <row r="42" ht="18.0" customHeight="true">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42"/>
@@ -3718,153 +3718,153 @@
       <c r="AA42"/>
       <c r="AB42"/>
       <c r="AC42"/>
       <c r="AD42"/>
       <c r="AE42"/>
       <c r="AF42"/>
       <c r="AG42"/>
       <c r="AH42"/>
       <c r="AI42"/>
       <c r="AJ42"/>
       <c r="AK42"/>
       <c r="AL42"/>
       <c r="AM42"/>
       <c r="AN42"/>
       <c r="AO42"/>
       <c r="AP42"/>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
     </row>
     <row r="43" ht="18.0" customHeight="true">
       <c r="A43" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="B43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C43" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F43"/>
       <c r="G43" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="H43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I43" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="N43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O43" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="P43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R43"/>
       <c r="S43" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="T43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U43" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X43"/>
       <c r="Y43" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA43" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD43"/>
       <c r="AE43" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG43" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AH43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ43"/>
       <c r="AK43" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM43" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP43"/>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
     </row>
     <row r="44" ht="18.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
@@ -3904,137 +3904,137 @@
       <c r="AQ44"/>
       <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
     </row>
     <row r="45" ht="18.0" customHeight="true">
       <c r="A45" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C45" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="D45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F45"/>
       <c r="G45" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="H45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I45" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="J45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="N45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O45" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="P45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R45"/>
       <c r="S45" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="T45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U45" t="n" s="1">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="V45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X45"/>
       <c r="Y45" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA45" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD45"/>
       <c r="AE45" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG45" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ45"/>
       <c r="AK45" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM45" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP45"/>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
     </row>
     <row r="46" ht="18.0" customHeight="true">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
       <c r="I46"/>
@@ -4058,153 +4058,153 @@
       <c r="AA46"/>
       <c r="AB46"/>
       <c r="AC46"/>
       <c r="AD46"/>
       <c r="AE46"/>
       <c r="AF46"/>
       <c r="AG46"/>
       <c r="AH46"/>
       <c r="AI46"/>
       <c r="AJ46"/>
       <c r="AK46"/>
       <c r="AL46"/>
       <c r="AM46"/>
       <c r="AN46"/>
       <c r="AO46"/>
       <c r="AP46"/>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
     </row>
     <row r="47" ht="18.0" customHeight="true">
       <c r="A47" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="B47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C47" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F47"/>
       <c r="G47" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="H47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I47" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="J47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="N47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O47" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R47"/>
       <c r="S47" t="n" s="1">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="T47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U47" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="V47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X47"/>
       <c r="Y47" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="Z47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA47" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AB47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD47"/>
       <c r="AE47" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG47" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ47"/>
       <c r="AK47" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM47" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AN47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP47"/>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
     </row>
     <row r="48" ht="18.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
@@ -4228,153 +4228,153 @@
       <c r="AA48"/>
       <c r="AB48"/>
       <c r="AC48"/>
       <c r="AD48"/>
       <c r="AE48"/>
       <c r="AF48"/>
       <c r="AG48"/>
       <c r="AH48"/>
       <c r="AI48"/>
       <c r="AJ48"/>
       <c r="AK48"/>
       <c r="AL48"/>
       <c r="AM48"/>
       <c r="AN48"/>
       <c r="AO48"/>
       <c r="AP48"/>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
     </row>
     <row r="49" ht="18.0" customHeight="true">
       <c r="A49" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="B49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C49" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F49"/>
       <c r="G49" t="n" s="1">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="H49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I49" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="J49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="N49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O49" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="P49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R49"/>
       <c r="S49" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="T49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U49" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="V49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X49"/>
       <c r="Y49" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="Z49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA49" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="AB49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD49"/>
       <c r="AE49" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG49" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ49"/>
       <c r="AK49" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM49" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP49"/>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
     </row>
     <row r="50" ht="18.0" customHeight="true">
       <c r="A50"/>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>