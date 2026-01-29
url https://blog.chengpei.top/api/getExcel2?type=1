--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -148,153 +148,153 @@
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
     <col min="33" max="33" width="2.734375" customWidth="true"/>
     <col min="34" max="34" width="2.734375" customWidth="true"/>
     <col min="35" max="35" width="2.734375" customWidth="true"/>
     <col min="36" max="36" width="2.734375" customWidth="true"/>
     <col min="37" max="37" width="2.734375" customWidth="true"/>
     <col min="38" max="38" width="2.734375" customWidth="true"/>
     <col min="39" max="39" width="2.734375" customWidth="true"/>
     <col min="40" max="40" width="2.734375" customWidth="true"/>
     <col min="41" max="41" width="2.734375" customWidth="true"/>
     <col min="42" max="42" width="2.734375" customWidth="true"/>
     <col min="43" max="43" width="2.734375" customWidth="true"/>
     <col min="44" max="44" width="2.734375" customWidth="true"/>
     <col min="45" max="45" width="2.734375" customWidth="true"/>
     <col min="46" max="46" width="2.734375" customWidth="true"/>
     <col min="47" max="47" width="2.734375" customWidth="true"/>
     <col min="48" max="48" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="18.0" customHeight="true">
       <c r="A1" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C1" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F1"/>
       <c r="G1" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="H1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I1" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L1"/>
       <c r="M1" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="N1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O1" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R1"/>
       <c r="S1" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="T1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U1" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="V1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X1"/>
       <c r="Y1" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA1" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD1"/>
       <c r="AE1" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG1" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ1"/>
       <c r="AK1" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="AL1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM1" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP1"/>
       <c r="AQ1"/>
       <c r="AR1"/>
       <c r="AS1"/>
       <c r="AT1"/>
       <c r="AU1"/>
       <c r="AV1"/>
     </row>
     <row r="2" ht="18.0" customHeight="true">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
@@ -318,153 +318,153 @@
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
       <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2"/>
       <c r="AU2"/>
       <c r="AV2"/>
     </row>
     <row r="3" ht="18.0" customHeight="true">
       <c r="A3" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="B3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C3" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F3"/>
       <c r="G3" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="H3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I3" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="N3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O3" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="P3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="T3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U3" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="V3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X3"/>
       <c r="Y3" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA3" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD3"/>
       <c r="AE3" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AF3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG3" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ3"/>
       <c r="AK3" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="AL3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM3" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3"/>
       <c r="AU3"/>
       <c r="AV3"/>
     </row>
     <row r="4" ht="18.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
@@ -488,153 +488,153 @@
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
     </row>
     <row r="5" ht="18.0" customHeight="true">
       <c r="A5" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="B5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C5" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F5"/>
       <c r="G5" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="H5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I5" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O5" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R5"/>
       <c r="S5" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="T5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U5" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="V5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X5"/>
       <c r="Y5" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="Z5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA5" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD5"/>
       <c r="AE5" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG5" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ5"/>
       <c r="AK5" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM5" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
     </row>
     <row r="6" ht="18.0" customHeight="true">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
@@ -658,147 +658,147 @@
       <c r="AA6"/>
       <c r="AB6"/>
       <c r="AC6"/>
       <c r="AD6"/>
       <c r="AE6"/>
       <c r="AF6"/>
       <c r="AG6"/>
       <c r="AH6"/>
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
     </row>
     <row r="7" ht="18.0" customHeight="true">
       <c r="A7" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="B7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C7" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F7"/>
       <c r="G7" t="n" s="1">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="H7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I7" t="n" s="1">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="J7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="N7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="P7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="T7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U7" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="V7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X7"/>
       <c r="Y7" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="Z7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA7" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD7"/>
       <c r="AE7" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG7" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ7"/>
       <c r="AK7" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AN7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
     </row>
     <row r="8" ht="18.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
@@ -828,153 +828,153 @@
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
       <c r="AG8"/>
       <c r="AH8"/>
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
     </row>
     <row r="9" ht="18.0" customHeight="true">
       <c r="A9" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="B9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C9" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="D9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F9"/>
       <c r="G9" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="H9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I9" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="N9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O9" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R9"/>
       <c r="S9" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="T9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U9" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="V9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X9"/>
       <c r="Y9" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA9" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD9"/>
       <c r="AE9" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG9" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ9"/>
       <c r="AK9" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="AL9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM9" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
     </row>
     <row r="10" ht="18.0" customHeight="true">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
@@ -998,153 +998,153 @@
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10"/>
       <c r="AD10"/>
       <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
       <c r="AH10"/>
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
     </row>
     <row r="11" ht="18.0" customHeight="true">
       <c r="A11" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="B11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C11" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F11"/>
       <c r="G11" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="H11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I11" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="J11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="N11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O11" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="n" s="1">
+        <v>9.0</v>
+      </c>
+      <c r="T11" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="U11" t="n" s="1">
         <v>5.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="V11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X11"/>
       <c r="Y11" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA11" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD11"/>
       <c r="AE11" t="n" s="1">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG11" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ11"/>
       <c r="AK11" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM11" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
     </row>
     <row r="12" ht="18.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
@@ -1168,153 +1168,153 @@
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
     </row>
     <row r="13" ht="18.0" customHeight="true">
       <c r="A13" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="B13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C13" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F13"/>
       <c r="G13" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="H13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I13" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="N13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O13" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="P13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="T13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U13" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X13"/>
       <c r="Y13" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="Z13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA13" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD13"/>
       <c r="AE13" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG13" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ13"/>
       <c r="AK13" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM13" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
     </row>
     <row r="14" ht="18.0" customHeight="true">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
@@ -1338,153 +1338,153 @@
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
       <c r="AE14"/>
       <c r="AF14"/>
       <c r="AG14"/>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
     </row>
     <row r="15" ht="18.0" customHeight="true">
       <c r="A15" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="B15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C15" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F15"/>
       <c r="G15" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="H15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I15" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="N15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O15" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R15"/>
       <c r="S15" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="T15" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="U15" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="V15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X15"/>
       <c r="Y15" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="Z15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA15" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD15"/>
       <c r="AE15" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="AF15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG15" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ15"/>
       <c r="AK15" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM15" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
     </row>
     <row r="16" ht="18.0" customHeight="true">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
@@ -1508,153 +1508,153 @@
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
       <c r="AG16"/>
       <c r="AH16"/>
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
     </row>
     <row r="17" ht="18.0" customHeight="true">
       <c r="A17" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="B17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C17" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F17"/>
       <c r="G17" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="H17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I17" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="N17" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="O17" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="P17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R17"/>
       <c r="S17" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="T17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U17" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="V17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X17"/>
       <c r="Y17" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA17" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD17"/>
       <c r="AE17" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG17" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ17"/>
       <c r="AK17" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="AL17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM17" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="AN17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
     </row>
     <row r="18" ht="18.0" customHeight="true">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
@@ -1678,153 +1678,153 @@
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
       <c r="AF18"/>
       <c r="AG18"/>
       <c r="AH18"/>
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
     </row>
     <row r="19" ht="18.0" customHeight="true">
       <c r="A19" t="n" s="1">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="B19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C19" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="D19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F19"/>
       <c r="G19" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="H19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I19" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="n" s="1">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="N19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O19" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R19"/>
       <c r="S19" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="T19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U19" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X19"/>
       <c r="Y19" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA19" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD19"/>
       <c r="AE19" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="AF19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG19" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ19"/>
       <c r="AK19" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM19" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
     </row>
     <row r="20" ht="18.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
@@ -1848,153 +1848,153 @@
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
       <c r="AG20"/>
       <c r="AH20"/>
       <c r="AI20"/>
       <c r="AJ20"/>
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
     </row>
     <row r="21" ht="18.0" customHeight="true">
       <c r="A21" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="B21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C21" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F21"/>
       <c r="G21" t="n" s="1">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="H21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I21" t="n" s="1">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="J21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="N21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O21" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="P21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="T21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U21" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X21"/>
       <c r="Y21" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA21" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD21"/>
       <c r="AE21" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG21" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ21"/>
       <c r="AK21" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM21" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
     </row>
     <row r="22" ht="18.0" customHeight="true">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
@@ -2024,147 +2024,147 @@
       <c r="AG22"/>
       <c r="AH22"/>
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
     </row>
     <row r="23" ht="18.0" customHeight="true">
       <c r="A23" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="B23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C23" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F23"/>
       <c r="G23" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="H23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I23" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="J23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="N23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O23" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R23"/>
       <c r="S23" t="n" s="1">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="T23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U23" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="V23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X23"/>
       <c r="Y23" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA23" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD23"/>
       <c r="AE23" t="n" s="1">
+        <v>10.0</v>
+      </c>
+      <c r="AF23" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="AG23" t="n" s="1">
         <v>7.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="AH23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ23"/>
       <c r="AK23" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="AL23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM23" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
     </row>
     <row r="24" ht="18.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
@@ -2188,147 +2188,147 @@
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
     </row>
     <row r="25" ht="18.0" customHeight="true">
       <c r="A25" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="B25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C25" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F25"/>
       <c r="G25" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="H25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I25" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="J25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="N25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O25" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R25"/>
       <c r="S25" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="T25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U25" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X25"/>
       <c r="Y25" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA25" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD25"/>
       <c r="AE25" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG25" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ25"/>
       <c r="AK25" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM25" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AN25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
     </row>
     <row r="26" ht="18.0" customHeight="true">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26"/>
@@ -2374,137 +2374,137 @@
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
     </row>
     <row r="27" ht="18.0" customHeight="true">
       <c r="A27" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C27" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F27"/>
       <c r="G27" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="H27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I27" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="N27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O27" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R27"/>
       <c r="S27" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="T27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U27" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X27"/>
       <c r="Y27" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA27" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD27"/>
       <c r="AE27" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AF27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG27" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ27"/>
       <c r="AK27" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM27" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
     </row>
     <row r="28" ht="18.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
@@ -2528,153 +2528,153 @@
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
     </row>
     <row r="29" ht="18.0" customHeight="true">
       <c r="A29" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="B29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C29" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F29"/>
       <c r="G29" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="H29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I29" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="N29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O29" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="P29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R29"/>
       <c r="S29" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="T29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U29" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="V29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X29"/>
       <c r="Y29" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA29" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD29"/>
       <c r="AE29" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="AF29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG29" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ29"/>
       <c r="AK29" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM29" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
     </row>
     <row r="30" ht="18.0" customHeight="true">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
@@ -2698,153 +2698,153 @@
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
     </row>
     <row r="31" ht="18.0" customHeight="true">
       <c r="A31" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="B31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C31" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F31"/>
       <c r="G31" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="H31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I31" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="J31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="N31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O31" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R31"/>
       <c r="S31" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="T31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U31" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X31"/>
       <c r="Y31" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA31" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD31"/>
       <c r="AE31" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG31" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AH31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ31"/>
       <c r="AK31" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM31" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
     </row>
     <row r="32" ht="18.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
@@ -2868,147 +2868,147 @@
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
     </row>
     <row r="33" ht="18.0" customHeight="true">
       <c r="A33" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="B33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C33" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="D33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F33"/>
       <c r="G33" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="H33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I33" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="J33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="n" s="1">
+        <v>10.0</v>
+      </c>
+      <c r="N33" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="O33" t="n" s="1">
         <v>5.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="P33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R33"/>
       <c r="S33" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="T33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U33" t="n" s="1">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="V33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X33"/>
       <c r="Y33" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA33" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD33"/>
       <c r="AE33" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG33" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ33"/>
       <c r="AK33" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM33" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AN33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
     </row>
     <row r="34" ht="18.0" customHeight="true">
       <c r="A34"/>
       <c r="B34"/>
       <c r="C34"/>
@@ -3038,153 +3038,153 @@
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
       <c r="AF34"/>
       <c r="AG34"/>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
     </row>
     <row r="35" ht="18.0" customHeight="true">
       <c r="A35" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="B35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C35" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F35"/>
       <c r="G35" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="H35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I35" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O35" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R35"/>
       <c r="S35" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="T35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U35" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="V35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X35"/>
       <c r="Y35" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA35" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD35"/>
       <c r="AE35" t="n" s="1">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG35" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ35"/>
       <c r="AK35" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="AL35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM35" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
     </row>
     <row r="36" ht="18.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
@@ -3214,141 +3214,141 @@
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
     </row>
     <row r="37" ht="18.0" customHeight="true">
       <c r="A37" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="B37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C37" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F37"/>
       <c r="G37" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="H37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I37" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="J37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="N37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O37" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="P37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R37"/>
       <c r="S37" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="T37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U37" t="n" s="1">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="V37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X37"/>
       <c r="Y37" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA37" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD37"/>
       <c r="AE37" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG37" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ37"/>
       <c r="AK37" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM37" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AN37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
     </row>
     <row r="38" ht="18.0" customHeight="true">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38"/>
@@ -3378,153 +3378,153 @@
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
       <c r="AF38"/>
       <c r="AG38"/>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
     </row>
     <row r="39" ht="18.0" customHeight="true">
       <c r="A39" t="n" s="1">
+        <v>10.0</v>
+      </c>
+      <c r="B39" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="C39" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="D39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F39"/>
       <c r="G39" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="H39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I39" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="N39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O39" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R39"/>
       <c r="S39" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="T39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U39" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="V39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X39"/>
       <c r="Y39" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="Z39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA39" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD39"/>
       <c r="AE39" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="AF39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG39" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ39"/>
       <c r="AK39" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AL39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM39" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
     </row>
     <row r="40" ht="18.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
@@ -3548,153 +3548,153 @@
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
       <c r="AG40"/>
       <c r="AH40"/>
       <c r="AI40"/>
       <c r="AJ40"/>
       <c r="AK40"/>
       <c r="AL40"/>
       <c r="AM40"/>
       <c r="AN40"/>
       <c r="AO40"/>
       <c r="AP40"/>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
     </row>
     <row r="41" ht="18.0" customHeight="true">
       <c r="A41" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="B41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C41" t="n" s="1">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F41"/>
       <c r="G41" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="H41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="N41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R41"/>
       <c r="S41" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="T41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U41" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X41"/>
       <c r="Y41" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="Z41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA41" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD41"/>
       <c r="AE41" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="AF41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG41" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ41"/>
       <c r="AK41" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM41" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP41"/>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
     </row>
     <row r="42" ht="18.0" customHeight="true">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
@@ -3718,153 +3718,153 @@
       <c r="AA42"/>
       <c r="AB42"/>
       <c r="AC42"/>
       <c r="AD42"/>
       <c r="AE42"/>
       <c r="AF42"/>
       <c r="AG42"/>
       <c r="AH42"/>
       <c r="AI42"/>
       <c r="AJ42"/>
       <c r="AK42"/>
       <c r="AL42"/>
       <c r="AM42"/>
       <c r="AN42"/>
       <c r="AO42"/>
       <c r="AP42"/>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
     </row>
     <row r="43" ht="18.0" customHeight="true">
       <c r="A43" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="B43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C43" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F43"/>
       <c r="G43" t="n" s="1">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="H43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I43" t="n" s="1">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="J43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="N43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O43" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="P43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R43"/>
       <c r="S43" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="T43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U43" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="V43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X43"/>
       <c r="Y43" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA43" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD43"/>
       <c r="AE43" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="AF43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG43" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ43"/>
       <c r="AK43" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM43" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP43"/>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
     </row>
     <row r="44" ht="18.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
@@ -3904,131 +3904,131 @@
       <c r="AQ44"/>
       <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
     </row>
     <row r="45" ht="18.0" customHeight="true">
       <c r="A45" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C45" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="D45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F45"/>
       <c r="G45" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="H45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I45" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="N45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O45" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="P45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R45"/>
       <c r="S45" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="T45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U45" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="V45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X45"/>
       <c r="Y45" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="Z45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA45" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD45"/>
       <c r="AE45" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG45" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ45"/>
       <c r="AK45" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM45" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AN45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP45"/>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
     </row>
     <row r="46" ht="18.0" customHeight="true">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
@@ -4058,153 +4058,153 @@
       <c r="AA46"/>
       <c r="AB46"/>
       <c r="AC46"/>
       <c r="AD46"/>
       <c r="AE46"/>
       <c r="AF46"/>
       <c r="AG46"/>
       <c r="AH46"/>
       <c r="AI46"/>
       <c r="AJ46"/>
       <c r="AK46"/>
       <c r="AL46"/>
       <c r="AM46"/>
       <c r="AN46"/>
       <c r="AO46"/>
       <c r="AP46"/>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
     </row>
     <row r="47" ht="18.0" customHeight="true">
       <c r="A47" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="B47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C47" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F47"/>
       <c r="G47" t="n" s="1">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="H47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I47" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="N47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O47" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R47"/>
       <c r="S47" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="T47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U47" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="V47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X47"/>
       <c r="Y47" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA47" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD47"/>
       <c r="AE47" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG47" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ47"/>
       <c r="AK47" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM47" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP47"/>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
     </row>
     <row r="48" ht="18.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
@@ -4228,153 +4228,153 @@
       <c r="AA48"/>
       <c r="AB48"/>
       <c r="AC48"/>
       <c r="AD48"/>
       <c r="AE48"/>
       <c r="AF48"/>
       <c r="AG48"/>
       <c r="AH48"/>
       <c r="AI48"/>
       <c r="AJ48"/>
       <c r="AK48"/>
       <c r="AL48"/>
       <c r="AM48"/>
       <c r="AN48"/>
       <c r="AO48"/>
       <c r="AP48"/>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
     </row>
     <row r="49" ht="18.0" customHeight="true">
       <c r="A49" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="B49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C49" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F49"/>
       <c r="G49" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="H49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I49" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="J49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="N49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O49" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="P49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R49"/>
       <c r="S49" t="n" s="1">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="T49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U49" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X49"/>
       <c r="Y49" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA49" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD49"/>
       <c r="AE49" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG49" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ49"/>
       <c r="AK49" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM49" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP49"/>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
     </row>
     <row r="50" ht="18.0" customHeight="true">
       <c r="A50"/>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>