--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -148,153 +148,153 @@
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
     <col min="33" max="33" width="2.734375" customWidth="true"/>
     <col min="34" max="34" width="2.734375" customWidth="true"/>
     <col min="35" max="35" width="2.734375" customWidth="true"/>
     <col min="36" max="36" width="2.734375" customWidth="true"/>
     <col min="37" max="37" width="2.734375" customWidth="true"/>
     <col min="38" max="38" width="2.734375" customWidth="true"/>
     <col min="39" max="39" width="2.734375" customWidth="true"/>
     <col min="40" max="40" width="2.734375" customWidth="true"/>
     <col min="41" max="41" width="2.734375" customWidth="true"/>
     <col min="42" max="42" width="2.734375" customWidth="true"/>
     <col min="43" max="43" width="2.734375" customWidth="true"/>
     <col min="44" max="44" width="2.734375" customWidth="true"/>
     <col min="45" max="45" width="2.734375" customWidth="true"/>
     <col min="46" max="46" width="2.734375" customWidth="true"/>
     <col min="47" max="47" width="2.734375" customWidth="true"/>
     <col min="48" max="48" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="18.0" customHeight="true">
       <c r="A1" t="n" s="1">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C1" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F1"/>
       <c r="G1" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="H1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I1" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="J1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L1"/>
       <c r="M1" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="N1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O1" t="n" s="1">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="P1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R1"/>
       <c r="S1" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="T1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U1" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="V1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X1"/>
       <c r="Y1" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA1" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD1"/>
       <c r="AE1" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG1" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ1"/>
       <c r="AK1" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM1" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO1" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP1"/>
       <c r="AQ1"/>
       <c r="AR1"/>
       <c r="AS1"/>
       <c r="AT1"/>
       <c r="AU1"/>
       <c r="AV1"/>
     </row>
     <row r="2" ht="18.0" customHeight="true">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
@@ -318,153 +318,153 @@
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
       <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2"/>
       <c r="AU2"/>
       <c r="AV2"/>
     </row>
     <row r="3" ht="18.0" customHeight="true">
       <c r="A3" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="B3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C3" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="D3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F3"/>
       <c r="G3" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="H3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I3" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="J3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="N3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O3" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="P3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="n" s="1">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="T3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U3" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="V3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X3"/>
       <c r="Y3" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA3" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD3"/>
       <c r="AE3" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG3" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ3"/>
       <c r="AK3" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL3" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM3" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN3" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO3" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3"/>
       <c r="AU3"/>
       <c r="AV3"/>
     </row>
     <row r="4" ht="18.0" customHeight="true">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
@@ -488,153 +488,153 @@
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
     </row>
     <row r="5" ht="18.0" customHeight="true">
       <c r="A5" t="n" s="1">
+        <v>9.0</v>
+      </c>
+      <c r="B5" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="C5" t="n" s="1">
         <v>5.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="D5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F5"/>
       <c r="G5" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="H5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I5" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="n" s="1">
+        <v>7.0</v>
+      </c>
+      <c r="N5" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="O5" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="P5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R5"/>
       <c r="S5" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="T5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U5" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X5"/>
       <c r="Y5" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="Z5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA5" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD5"/>
       <c r="AE5" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG5" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ5"/>
       <c r="AK5" t="n" s="1">
         <v>9.0</v>
       </c>
       <c r="AL5" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM5" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="AN5" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO5" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
     </row>
     <row r="6" ht="18.0" customHeight="true">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
@@ -664,147 +664,147 @@
       <c r="AG6"/>
       <c r="AH6"/>
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
     </row>
     <row r="7" ht="18.0" customHeight="true">
       <c r="A7" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C7" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F7"/>
       <c r="G7" t="n" s="1">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="H7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I7" t="n" s="1">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="J7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="N7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O7" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="P7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="T7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U7" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="V7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X7"/>
       <c r="Y7" t="n" s="1">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA7" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD7"/>
       <c r="AE7" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG7" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ7"/>
       <c r="AK7" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL7" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM7" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN7" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO7" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
     </row>
     <row r="8" ht="18.0" customHeight="true">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
@@ -828,153 +828,153 @@
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
       <c r="AG8"/>
       <c r="AH8"/>
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
     </row>
     <row r="9" ht="18.0" customHeight="true">
       <c r="A9" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="B9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C9" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F9"/>
       <c r="G9" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="H9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I9" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="J9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="N9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O9" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R9"/>
       <c r="S9" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="T9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U9" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X9"/>
       <c r="Y9" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA9" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD9"/>
       <c r="AE9" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG9" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ9"/>
       <c r="AK9" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="AL9" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM9" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN9" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO9" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
     </row>
     <row r="10" ht="18.0" customHeight="true">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
@@ -998,147 +998,147 @@
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10"/>
       <c r="AD10"/>
       <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
       <c r="AH10"/>
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
     </row>
     <row r="11" ht="18.0" customHeight="true">
       <c r="A11" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="B11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C11" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F11"/>
       <c r="G11" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="H11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I11" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="N11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O11" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="P11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="T11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U11" t="n" s="1">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="V11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X11"/>
       <c r="Y11" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA11" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AB11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD11"/>
       <c r="AE11" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="AF11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG11" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ11"/>
       <c r="AK11" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="AL11" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM11" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AN11" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO11" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
     </row>
     <row r="12" ht="18.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
@@ -1168,153 +1168,153 @@
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
     </row>
     <row r="13" ht="18.0" customHeight="true">
       <c r="A13" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="B13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C13" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F13"/>
       <c r="G13" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="H13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I13" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="N13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O13" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="T13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U13" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X13"/>
       <c r="Y13" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA13" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AB13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD13"/>
       <c r="AE13" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="AF13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG13" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ13"/>
       <c r="AK13" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL13" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM13" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN13" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO13" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
     </row>
     <row r="14" ht="18.0" customHeight="true">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
@@ -1338,137 +1338,137 @@
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
       <c r="AE14"/>
       <c r="AF14"/>
       <c r="AG14"/>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
     </row>
     <row r="15" ht="18.0" customHeight="true">
       <c r="A15" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="B15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C15" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F15"/>
       <c r="G15" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="H15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I15" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="n" s="1">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="N15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O15" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R15"/>
       <c r="S15" t="n" s="1">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="T15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U15" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="V15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X15"/>
       <c r="Y15" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA15" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD15"/>
       <c r="AE15" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="AF15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG15" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ15"/>
       <c r="AK15" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AL15" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM15" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AN15" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO15" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP15"/>
       <c r="AQ15"/>
@@ -1508,153 +1508,153 @@
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
       <c r="AG16"/>
       <c r="AH16"/>
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
     </row>
     <row r="17" ht="18.0" customHeight="true">
       <c r="A17" t="n" s="1">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="B17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C17" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F17"/>
       <c r="G17" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="H17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I17" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="J17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="N17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O17" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="P17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R17"/>
       <c r="S17" t="n" s="1">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="T17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U17" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X17"/>
       <c r="Y17" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="Z17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA17" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD17"/>
       <c r="AE17" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AF17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG17" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ17"/>
       <c r="AK17" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL17" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM17" t="n" s="1">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN17" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO17" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
     </row>
     <row r="18" ht="18.0" customHeight="true">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
@@ -1678,153 +1678,153 @@
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
       <c r="AF18"/>
       <c r="AG18"/>
       <c r="AH18"/>
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
     </row>
     <row r="19" ht="18.0" customHeight="true">
       <c r="A19" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="B19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C19" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="D19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F19"/>
       <c r="G19" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="H19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I19" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="N19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O19" t="n" s="1">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="P19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R19"/>
       <c r="S19" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="T19" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="U19" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="V19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X19"/>
       <c r="Y19" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA19" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD19"/>
       <c r="AE19" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF19" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG19" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ19"/>
       <c r="AK19" t="n" s="1">
+        <v>10.0</v>
+      </c>
+      <c r="AL19" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="AM19" t="n" s="1">
         <v>5.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="AN19" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO19" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
     </row>
     <row r="20" ht="18.0" customHeight="true">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
@@ -1864,137 +1864,137 @@
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
     </row>
     <row r="21" ht="18.0" customHeight="true">
       <c r="A21" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="B21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C21" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F21"/>
       <c r="G21" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="H21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I21" t="n" s="1">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="J21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="N21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O21" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="P21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="T21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U21" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="V21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X21"/>
       <c r="Y21" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA21" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD21"/>
       <c r="AE21" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG21" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ21"/>
       <c r="AK21" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL21" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM21" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN21" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO21" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
     </row>
     <row r="22" ht="18.0" customHeight="true">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
@@ -2018,153 +2018,153 @@
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22"/>
       <c r="AD22"/>
       <c r="AE22"/>
       <c r="AF22"/>
       <c r="AG22"/>
       <c r="AH22"/>
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
     </row>
     <row r="23" ht="18.0" customHeight="true">
       <c r="A23" t="n" s="1">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="B23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C23" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F23"/>
       <c r="G23" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="H23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I23" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="J23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="N23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O23" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R23"/>
       <c r="S23" t="n" s="1">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="T23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U23" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="V23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X23"/>
       <c r="Y23" t="n" s="1">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="Z23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA23" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD23"/>
       <c r="AE23" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="AF23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG23" t="n" s="1">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ23"/>
       <c r="AK23" t="n" s="1">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="AL23" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM23" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN23" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO23" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
     </row>
     <row r="24" ht="18.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
@@ -2188,153 +2188,153 @@
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
     </row>
     <row r="25" ht="18.0" customHeight="true">
       <c r="A25" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="B25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C25" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F25"/>
       <c r="G25" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="H25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I25" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="J25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="N25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O25" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="P25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R25"/>
       <c r="S25" t="n" s="1">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="T25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U25" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="V25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X25"/>
       <c r="Y25" t="n" s="1">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA25" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD25"/>
       <c r="AE25" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG25" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ25"/>
       <c r="AK25" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL25" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM25" t="n" s="1">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN25" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO25" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
     </row>
     <row r="26" ht="18.0" customHeight="true">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
@@ -2358,153 +2358,153 @@
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
       <c r="AF26"/>
       <c r="AG26"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
     </row>
     <row r="27" ht="18.0" customHeight="true">
       <c r="A27" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C27" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F27"/>
       <c r="G27" t="n" s="1">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="H27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I27" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="J27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="n" s="1">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="N27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O27" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R27"/>
       <c r="S27" t="n" s="1">
+        <v>10.0</v>
+      </c>
+      <c r="T27" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="U27" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="V27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X27"/>
       <c r="Y27" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="Z27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA27" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AB27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD27"/>
       <c r="AE27" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG27" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ27"/>
       <c r="AK27" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL27" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM27" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN27" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO27" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
     </row>
     <row r="28" ht="18.0" customHeight="true">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
@@ -2528,153 +2528,153 @@
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
     </row>
     <row r="29" ht="18.0" customHeight="true">
       <c r="A29" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="B29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C29" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F29"/>
       <c r="G29" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="H29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I29" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="J29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="N29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O29" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="P29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R29"/>
       <c r="S29" t="n" s="1">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="T29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U29" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="V29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X29"/>
       <c r="Y29" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="Z29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA29" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD29"/>
       <c r="AE29" t="n" s="1">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="AF29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG29" t="n" s="1">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ29"/>
       <c r="AK29" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL29" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM29" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AN29" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO29" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
     </row>
     <row r="30" ht="18.0" customHeight="true">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
@@ -2698,153 +2698,153 @@
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
     </row>
     <row r="31" ht="18.0" customHeight="true">
       <c r="A31" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="B31" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="C31" t="n" s="1">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="D31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F31"/>
       <c r="G31" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="H31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I31" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="n" s="1">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="N31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O31" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R31"/>
       <c r="S31" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="T31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U31" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X31"/>
       <c r="Y31" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA31" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AB31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD31"/>
       <c r="AE31" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG31" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ31"/>
       <c r="AK31" t="n" s="1">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL31" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM31" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN31" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO31" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
     </row>
     <row r="32" ht="18.0" customHeight="true">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32"/>
@@ -2874,147 +2874,147 @@
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
     </row>
     <row r="33" ht="18.0" customHeight="true">
       <c r="A33" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="B33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C33" t="n" s="1">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="D33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F33"/>
       <c r="G33" t="n" s="1">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="H33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I33" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="J33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="N33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O33" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="P33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R33"/>
       <c r="S33" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="T33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U33" t="n" s="1">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
       <c r="V33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X33"/>
       <c r="Y33" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="Z33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA33" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD33"/>
       <c r="AE33" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG33" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ33"/>
       <c r="AK33" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="AL33" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM33" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AN33" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO33" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
     </row>
     <row r="34" ht="18.0" customHeight="true">
       <c r="A34"/>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
       <c r="I34"/>
@@ -3038,153 +3038,153 @@
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
       <c r="AF34"/>
       <c r="AG34"/>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
     </row>
     <row r="35" ht="18.0" customHeight="true">
       <c r="A35" t="n" s="1">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="B35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C35" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F35"/>
       <c r="G35" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="H35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I35" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="J35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="N35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O35" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="P35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R35"/>
       <c r="S35" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="T35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U35" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X35"/>
       <c r="Y35" t="n" s="1">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="Z35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA35" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD35"/>
       <c r="AE35" t="n" s="1">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="AF35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG35" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ35"/>
       <c r="AK35" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL35" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM35" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AN35" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO35" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
     </row>
     <row r="36" ht="18.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
@@ -3208,153 +3208,153 @@
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
     </row>
     <row r="37" ht="18.0" customHeight="true">
       <c r="A37" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="B37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C37" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F37"/>
       <c r="G37" t="n" s="1">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="H37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I37" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="J37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="n" s="1">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="N37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O37" t="n" s="1">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="P37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R37"/>
       <c r="S37" t="n" s="1">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="T37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U37" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="V37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X37"/>
       <c r="Y37" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="Z37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA37" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD37"/>
       <c r="AE37" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="AF37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG37" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AH37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ37"/>
       <c r="AK37" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL37" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM37" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN37" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO37" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
     </row>
     <row r="38" ht="18.0" customHeight="true">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38"/>
@@ -3378,147 +3378,147 @@
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38"/>
       <c r="AF38"/>
       <c r="AG38"/>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
     </row>
     <row r="39" ht="18.0" customHeight="true">
       <c r="A39" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="B39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C39" t="n" s="1">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F39"/>
       <c r="G39" t="n" s="1">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="H39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I39" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="J39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="n" s="1">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="N39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O39" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R39"/>
       <c r="S39" t="n" s="1">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="T39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U39" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="V39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X39"/>
       <c r="Y39" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="Z39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA39" t="n" s="1">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD39"/>
       <c r="AE39" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG39" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ39"/>
       <c r="AK39" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="AL39" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM39" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AN39" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO39" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
     </row>
     <row r="40" ht="18.0" customHeight="true">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
@@ -3548,137 +3548,137 @@
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40"/>
       <c r="AD40"/>
       <c r="AE40"/>
       <c r="AF40"/>
       <c r="AG40"/>
       <c r="AH40"/>
       <c r="AI40"/>
       <c r="AJ40"/>
       <c r="AK40"/>
       <c r="AL40"/>
       <c r="AM40"/>
       <c r="AN40"/>
       <c r="AO40"/>
       <c r="AP40"/>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
     </row>
     <row r="41" ht="18.0" customHeight="true">
       <c r="A41" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="B41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C41" t="n" s="1">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F41"/>
       <c r="G41" t="n" s="1">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="H41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I41" t="n" s="1">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="J41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="N41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O41" t="n" s="1">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="P41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R41"/>
       <c r="S41" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="T41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U41" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="V41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X41"/>
       <c r="Y41" t="n" s="1">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="Z41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA41" t="n" s="1">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AB41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD41"/>
       <c r="AE41" t="n" s="1">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG41" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ41"/>
       <c r="AK41" t="n" s="1">
         <v>6.0</v>
       </c>
       <c r="AL41" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM41" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AN41" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO41" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP41"/>
       <c r="AQ41"/>
@@ -3718,153 +3718,153 @@
       <c r="AA42"/>
       <c r="AB42"/>
       <c r="AC42"/>
       <c r="AD42"/>
       <c r="AE42"/>
       <c r="AF42"/>
       <c r="AG42"/>
       <c r="AH42"/>
       <c r="AI42"/>
       <c r="AJ42"/>
       <c r="AK42"/>
       <c r="AL42"/>
       <c r="AM42"/>
       <c r="AN42"/>
       <c r="AO42"/>
       <c r="AP42"/>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
     </row>
     <row r="43" ht="18.0" customHeight="true">
       <c r="A43" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C43" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F43"/>
       <c r="G43" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="H43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I43" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="J43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="N43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O43" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R43"/>
       <c r="S43" t="n" s="1">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="T43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U43" t="n" s="1">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="V43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X43"/>
       <c r="Y43" t="n" s="1">
         <v>7.0</v>
       </c>
       <c r="Z43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA43" t="n" s="1">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AB43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD43"/>
       <c r="AE43" t="n" s="1">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG43" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ43"/>
       <c r="AK43" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL43" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM43" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN43" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO43" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP43"/>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
     </row>
     <row r="44" ht="18.0" customHeight="true">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
@@ -3888,147 +3888,147 @@
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44"/>
       <c r="AD44"/>
       <c r="AE44"/>
       <c r="AF44"/>
       <c r="AG44"/>
       <c r="AH44"/>
       <c r="AI44"/>
       <c r="AJ44"/>
       <c r="AK44"/>
       <c r="AL44"/>
       <c r="AM44"/>
       <c r="AN44"/>
       <c r="AO44"/>
       <c r="AP44"/>
       <c r="AQ44"/>
       <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
     </row>
     <row r="45" ht="18.0" customHeight="true">
       <c r="A45" t="n" s="1">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
       <c r="B45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C45" t="n" s="1">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F45"/>
       <c r="G45" t="n" s="1">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="H45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I45" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="J45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="n" s="1">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="N45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O45" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="P45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R45"/>
       <c r="S45" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="T45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U45" t="n" s="1">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="V45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X45"/>
       <c r="Y45" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="Z45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA45" t="n" s="1">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="AB45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD45"/>
       <c r="AE45" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="AF45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG45" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="AH45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ45"/>
       <c r="AK45" t="n" s="1">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="AL45" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM45" t="n" s="1">
         <v>3.0</v>
       </c>
       <c r="AN45" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO45" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP45"/>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
     </row>
     <row r="46" ht="18.0" customHeight="true">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
@@ -4058,153 +4058,153 @@
       <c r="AA46"/>
       <c r="AB46"/>
       <c r="AC46"/>
       <c r="AD46"/>
       <c r="AE46"/>
       <c r="AF46"/>
       <c r="AG46"/>
       <c r="AH46"/>
       <c r="AI46"/>
       <c r="AJ46"/>
       <c r="AK46"/>
       <c r="AL46"/>
       <c r="AM46"/>
       <c r="AN46"/>
       <c r="AO46"/>
       <c r="AP46"/>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
     </row>
     <row r="47" ht="18.0" customHeight="true">
       <c r="A47" t="n" s="1">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C47" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="D47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F47"/>
       <c r="G47" t="n" s="1">
         <v>10.0</v>
       </c>
       <c r="H47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I47" t="n" s="1">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="J47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="N47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O47" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="P47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R47"/>
       <c r="S47" t="n" s="1">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="T47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U47" t="n" s="1">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="V47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X47"/>
       <c r="Y47" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AA47" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AB47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD47"/>
       <c r="AE47" t="n" s="1">
         <v>5.0</v>
       </c>
       <c r="AF47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG47" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ47"/>
       <c r="AK47" t="n" s="1">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="AL47" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM47" t="n" s="1">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AN47" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO47" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP47"/>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
     </row>
     <row r="48" ht="18.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
@@ -4228,153 +4228,153 @@
       <c r="AA48"/>
       <c r="AB48"/>
       <c r="AC48"/>
       <c r="AD48"/>
       <c r="AE48"/>
       <c r="AF48"/>
       <c r="AG48"/>
       <c r="AH48"/>
       <c r="AI48"/>
       <c r="AJ48"/>
       <c r="AK48"/>
       <c r="AL48"/>
       <c r="AM48"/>
       <c r="AN48"/>
       <c r="AO48"/>
       <c r="AP48"/>
       <c r="AQ48"/>
       <c r="AR48"/>
       <c r="AS48"/>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
     </row>
     <row r="49" ht="18.0" customHeight="true">
       <c r="A49" t="n" s="1">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="B49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="C49" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="E49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="F49"/>
       <c r="G49" t="n" s="1">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="H49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="I49" t="n" s="1">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="J49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="K49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="n" s="1">
         <v>8.0</v>
       </c>
       <c r="N49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="O49" t="n" s="1">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="P49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="Q49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="R49"/>
       <c r="S49" t="n" s="1">
         <v>4.0</v>
       </c>
       <c r="T49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="U49" t="n" s="1">
         <v>1.0</v>
       </c>
       <c r="V49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="W49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="X49"/>
       <c r="Y49" t="n" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="Z49" t="s" s="1">
+        <v>0</v>
+      </c>
+      <c r="AA49" t="n" s="1">
         <v>5.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="AB49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AC49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AD49"/>
       <c r="AE49" t="n" s="1">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AG49" t="n" s="1">
         <v>2.0</v>
       </c>
       <c r="AH49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AI49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AJ49"/>
       <c r="AK49" t="n" s="1">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="AL49" t="s" s="1">
         <v>0</v>
       </c>
       <c r="AM49" t="n" s="1">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AN49" t="s" s="1">
         <v>1</v>
       </c>
       <c r="AO49" t="s" s="4">
         <v>2</v>
       </c>
       <c r="AP49"/>
       <c r="AQ49"/>
       <c r="AR49"/>
       <c r="AS49"/>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
     </row>
     <row r="50" ht="18.0" customHeight="true">
       <c r="A50"/>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>